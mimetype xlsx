--- v0 (2025-11-05)
+++ v1 (2026-02-04)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C39"/>
+  <dimension ref="A1:C40"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="29" customWidth="1" min="1" max="1"/>
     <col width="34" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Field</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
@@ -545,585 +545,602 @@
         <is>
           <t>English</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Resource Locator</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>https://fzzg.gov.ba/; https://fzzg.gov.ba/; https://fzzg.gov.ba/; https://fzzg.gov.ba/view-more/geoloska-karta-300/206</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>GRAPHIC OVERVIEW</t>
+          <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Graphic Overview</t>
+          <t>INSPIRE Themes</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>/media/GraphicOverviews/bih/71e9d35a-cd91-406c-920b-ad7db324a338.png</t>
+          <t>AU: Administrative Units; GN: Geographical Names; GE: Geology</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>CLASSIFICATION AND KEYWORDS</t>
+          <t>GRAPHIC OVERVIEW</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Topic Categories</t>
+          <t>Graphic Overview</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>boundaries location, geoscientific information</t>
+          <t>/media/GraphicOverviews/bih/71e9d35a-cd91-406c-920b-ad7db324a338.png</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Keywords</t>
+          <t>Topic Categories</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>300000, age, BiH, fzzg, geological map, geology, GK, map, National, Safet Čičić</t>
+          <t>boundaries location, geoscientific information</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>GEOGRAPHIC INFORMATION</t>
+          <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Bounding Box</t>
+          <t>Keywords</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>SRID=4326;POLYGON ((15.6497 42.4645, 15.6497 45.2515, 19.7099 45.2515, 19.7099 42.4645, 15.6497 42.4645))</t>
+          <t>300000, age, BiH, fzzg, geology, GK, map, National</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Coordinate Reference System</t>
+          <t>Bounding Box</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>SRID=4326;POLYGON ((15.6497 42.4645, 15.6497 45.2515, 19.7099 45.2515, 19.7099 42.4645, 15.6497 42.4645))</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>TEMPORAL INFORMATION</t>
+          <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Temporal Extent</t>
+          <t>Coordinate Reference System</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2002-01-01</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Publication Date</t>
+          <t>Temporal Extent</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>2002-01-01</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Creation Date</t>
+          <t>Publication Date</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2002-01-01</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Last Revision Date</t>
+          <t>Creation Date</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2024-08-06</t>
+          <t>2002-01-01</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>QUALITY AND CONFORMANCE</t>
+          <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Lineage / Provenance</t>
+          <t>Last Revision Date</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>The author of the geological map of Bosnia and Herzegovina 1:300,000 is Safet Čičić. The map is mainly based on the Basic Geological Map of Bosnia and Herzegovina at a scale of 1:100,000 and keys for individual entire and marginal sheets. Likewise, every significant published work and study was consulted, and especially doctoral dissertations written and published in the period from 1960 to 2000. This map and interpreter were published in 2002 and enable quick access to data on all important issues in the fields of stratigraphy, tectonics and geological evolution of this part of the Dinarides. The publisher is the Faculty of Civil Engineering, Sarajevo - Institute of Geology, and this work was also supported by: Sulejman Čičić (Zagreb), Prof. Dr. Izet Avdagić (Sarajevo) and Mr. Ermin Čičić (Minneapolis, MN, USA). Technically processed by: Nurko Kaljanac, Sarajevo.</t>
+          <t>2024-08-06</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Spatial Resolution</t>
+          <t>Lineage / Provenance</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>300000</t>
+          <t>The author of the geological map of Bosnia and Herzegovina 1:300,000 is Safet Čičić. The map is mainly based on the Basic Geological Map of Bosnia and Herzegovina at a scale of 1:100,000 and keys for individual entire and marginal sheets. Likewise, every significant published work and study was consulted, and especially doctoral dissertations written and published in the period from 1960 to 2000. This map and interpreter were published in 2002 and enable quick access to data on all important issues in the fields of stratigraphy, tectonics and geological evolution of this part of the Dinarides. The publisher is the Faculty of Civil Engineering, Sarajevo - Institute of Geology, and this work was also supported by: Sulejman Čičić (Zagreb), Prof. Dr. Izet Avdagić (Sarajevo) and Mr. Ermin Čičić (Minneapolis, MN, USA). Technically processed by: Nurko Kaljanac, Sarajevo.</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Specification</t>
+          <t>Spatial Resolution</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>ISO 19139</t>
+          <t>300000</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Degree of Conformance</t>
+          <t>Specification</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Conformant</t>
+          <t>ISO 19139</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>ACCESS AND DISTRIBUTION</t>
+          <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Access Constraints</t>
+          <t>Degree of Conformance</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>other Restrictions</t>
+          <t>Conformant</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Limitations on Public Access</t>
+          <t>Access Constraints</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>other Restrictions</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Available Formats</t>
+          <t>Limitations on Public Access</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Publication URL</t>
+          <t>Available Formats</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>https://fzzg.gov.ba/; https://fzzg.gov.ba/; https://fzzg.gov.ba/; https://fzzg.gov.ba/view-more/geoloska-karta-300/206</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Service Endpoint</t>
+          <t>Publication URL</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>https://fzzg.gov.ba/; https://fzzg.gov.ba/; https://fzzg.gov.ba/; https://fzzg.gov.ba/view-more/geoloska-karta-300/206</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>CONTACT INFORMATION</t>
+          <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Responsible Party - Name</t>
+          <t>Service Endpoint</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Federal Institute of Geology</t>
+          <t>https://fzzg.gov.ba/; https://fzzg.gov.ba/; https://fzzg.gov.ba/; https://fzzg.gov.ba/view-more/geoloska-karta-300/206</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Responsible Party - Role</t>
+          <t>Responsible Party - Name</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>Federal Institute of Geology</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Responsible Party - Contact Name</t>
+          <t>Responsible Party - Role</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Responsible Party - Email</t>
+          <t>Responsible Party - Contact Name</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>info@fzzg.gov.ba</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Responsible Party - Website</t>
+          <t>Responsible Party - Email</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>https://fzzg.gov.ba</t>
+          <t>info@fzzg.gov.ba</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Contact Email</t>
+          <t>Responsible Party - Website</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>info@fzzg.gov.ba</t>
+          <t>https://fzzg.gov.ba</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Metadata Contact - Name</t>
+          <t>Contact Email</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>Federal Institute of Geology</t>
+          <t>info@fzzg.gov.ba</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Metadata Contact - Role</t>
+          <t>Metadata Contact - Name</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Metadata Contact</t>
+          <t>Federal Institute of Geology</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Metadata Contact - Contact Name</t>
+          <t>Metadata Contact - Role</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Metadata Contact</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Metadata Contact - Email</t>
+          <t>Metadata Contact - Contact Name</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>info@fzzg.gov.ba</t>
+          <t>Metadata Contact</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Metadata Contact - Website</t>
+          <t>Metadata Contact - Email</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>info@fzzg.gov.ba</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>METADATA DETAILS</t>
+          <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Metadata Language</t>
+          <t>Metadata Contact - Website</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>English</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Metadata Date</t>
+          <t>Metadata Language</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2025-10-30</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
+          <t>Metadata Date</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>METADATA DETAILS</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
           <t>Unique Identifier</t>
         </is>
       </c>
-      <c r="C39" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>71e9d35a-cd91-406c-920b-ad7db324a338</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>