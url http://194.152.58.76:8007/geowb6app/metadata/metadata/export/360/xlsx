--- v0 (2025-10-25)
+++ v1 (2026-01-24)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C39"/>
+  <dimension ref="A1:C40"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="29" customWidth="1" min="1" max="1"/>
     <col width="34" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Field</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
@@ -470,660 +470,677 @@
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Land cover (Corine 2012)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Country</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Albania (ALB)</t>
+          <t>Albania (alb)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Abstract</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Corine Map. European level reporting of the monitoring of the 5 main categories of land cover. 1. Urban 2. Agricultural 3. Forest-pasture 4. Wetlands 5. Aquatic The data are not in accordance with the State Standard for Technical Specifications of Geospatial Information in Albania. Topic: Land Cover</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Resource Type</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>CCD</t>
+          <t>Dataset</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Language</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Resource Locator</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=mbulesa_e_tokes_sipas_corine_code&amp;auto=true</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>GRAPHIC OVERVIEW</t>
+          <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Graphic Overview URL</t>
+          <t>INSPIRE Themes</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>HB: Habitats and Biotopes</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>CLASSIFICATION AND KEYWORDS</t>
+          <t>GRAPHIC OVERVIEW</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Topic Category</t>
+          <t>Graphic Overview</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>environment</t>
+          <t>/media/GraphicOverviews/alb/04706908-f81c-4144-8910-266be08063be.PNG</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Keywords</t>
+          <t>Topic Categories</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Corine, Land cover, Land use, National Environment Agency, NEA, soil types</t>
+          <t>environment</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>GEOGRAPHIC INFORMATION</t>
+          <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Bounding Box</t>
+          <t>Keywords</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>SRID=4326;POLYGON ((19.272 39.637, 19.272 42.655, 21.037 42.655, 21.037 39.637, 19.272 39.637))</t>
+          <t>Corine, NEA</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Coordinate Reference System</t>
+          <t>Bounding Box</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>KRGJSH</t>
+          <t>SRID=4326;POLYGON ((19.272 39.637, 19.272 42.655, 21.037 42.655, 21.037 39.637, 19.272 39.637))</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>TEMPORAL INFORMATION</t>
+          <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Temporal Extent</t>
+          <t>Coordinate Reference System</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Available data</t>
+          <t>https://asig.gov.al/en/krgjsh-project/</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Publication Date</t>
+          <t>Temporal Extent</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2019-05-14</t>
+          <t>Available data</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Creation Date</t>
+          <t>Publication Date</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2012-01-01</t>
+          <t>2019-05-14</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Last Revision Date</t>
+          <t>Creation Date</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2023-07-24</t>
+          <t>2012-01-01</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>QUALITY AND CONFORMANCE</t>
+          <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Lineage / Provenance</t>
+          <t>Last Revision Date</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>The forest cover according to the Land Cover Classification System has exceeded the 10-year usage period. A new map should be updated for the period 2015-2020. Valuable material for distribution to government institutions, after confirmation by the EEA -KTA according to the international agreement.</t>
+          <t>2023-07-24</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Spatial Resolution</t>
+          <t>Lineage / Provenance</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>5000</t>
+          <t>The forest cover according to the Land Cover Classification System has exceeded the 10-year usage period. A new map should be updated for the period 2015-2020. Valuable material for distribution to government institutions, after confirmation by the EEA -KTA according to the international agreement.</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Specification</t>
+          <t>Spatial Resolution</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>ISO 19139</t>
+          <t>5000</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Degree of Conformance</t>
+          <t>Specification</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Conformant</t>
+          <t>ISO 19139</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>ACCESS AND DISTRIBUTION</t>
+          <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Access Constraints</t>
+          <t>Degree of Conformance</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>copyright</t>
+          <t>Conformant</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Limitations on Public Access</t>
+          <t>Access Constraints</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>No obstacles for public use</t>
+          <t>copyright</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Available Formats</t>
+          <t>Limitations on Public Access</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>No obstacles for public use</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Publication URL</t>
+          <t>Available Formats</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>https://geoportal.asig.gov.al/map/?fc_name=mbulesa_e_tokes_sipas_corine_code&amp;auto=true</t>
+          <t>Various</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Service Endpoint</t>
+          <t>Publication URL</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=mbulesa_e_tokes_sipas_corine_code&amp;auto=true</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>CONTACT INFORMATION</t>
+          <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Responsible Party - Name</t>
+          <t>Service Endpoint</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>National Environmental Agency (NEA)</t>
+          <t>https://geoportal.asig.gov.al/map/?fc_name=mbulesa_e_tokes_sipas_corine_code&amp;auto=true</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Responsible Party - Role</t>
+          <t>Responsible Party - Name</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>National Environmental Agency</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Responsible Party - Contact Name</t>
+          <t>Responsible Party - Role</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Responsible Party - Email</t>
+          <t>Responsible Party - Contact Name</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>info@akm.gov.al</t>
+          <t>Imported</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Responsible Party - Website</t>
+          <t>Responsible Party - Email</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>https://akm.gov.al</t>
+          <t>info@akm.gov.al</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Contact Email</t>
+          <t>Responsible Party - Website</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>info@akm.gov.al</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Metadata Contact - Name</t>
+          <t>Contact Email</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>National Environmental Agency (NEA)</t>
+          <t>info@akm.gov.al</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Metadata Contact - Role</t>
+          <t>Metadata Contact - Name</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>Agjencia Kombëtare e Mjedisit (AKM)</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Metadata Contact - Contact Name</t>
+          <t>Metadata Contact - Role</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Metadata Contact - Email</t>
+          <t>Metadata Contact - Contact Name</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>info@akm.gov.al</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Metadata Contact - Website</t>
+          <t>Metadata Contact - Email</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>https://akm.gov.al</t>
+          <t>info@akm.gov.al</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>METADATA DETAILS</t>
+          <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Metadata Language</t>
+          <t>Metadata Contact - Website</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>https://akm.gov.al</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Metadata Date</t>
+          <t>Metadata Language</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2025-10-20</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
+          <t>Metadata Date</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>METADATA DETAILS</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
           <t>Unique Identifier</t>
         </is>
       </c>
-      <c r="C39" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>AL_AKM_ASIG_Cover_01</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>