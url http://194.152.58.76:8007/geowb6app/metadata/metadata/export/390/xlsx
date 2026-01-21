--- v0 (2025-10-22)
+++ v1 (2026-01-21)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C39"/>
+  <dimension ref="A1:C40"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="29" customWidth="1" min="1" max="1"/>
     <col width="34" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Field</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
@@ -470,660 +470,677 @@
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Orthoimagery Coverage 2024</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Country</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Albania (ALB)</t>
+          <t>Albania (alb)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Abstract</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Information on the coverage area and technical specifications of orthoimagery for the year 2024. The data are in accordance with the standard with the Council of Ministers No. 397, dated 19.06.2019, On the approval of the document "State Standards for Technical Specifications of Geospatial Information in Albania - Topic: Orthoimagery"</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Resource Type</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>CCD</t>
+          <t>Dataset</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Language</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Resource Locator</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=mbulesaortoimazherike_26022025</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>GRAPHIC OVERVIEW</t>
+          <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Graphic Overview URL</t>
+          <t>INSPIRE Themes</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>OI: Orthoimagery</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>CLASSIFICATION AND KEYWORDS</t>
+          <t>GRAPHIC OVERVIEW</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Topic Category</t>
+          <t>Graphic Overview</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>imageryBaseMapsEarthCover</t>
+          <t>/media/GraphicOverviews/alb/23c86520-85a2-4136-a84e-e5b4f8a652ec.JPG</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Keywords</t>
+          <t>Topic Categories</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>comService, Coverage, Orthoimagery, Satellite images, Satellite photography</t>
+          <t>imageryBaseMapsEarthCover</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>GEOGRAPHIC INFORMATION</t>
+          <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Bounding Box</t>
+          <t>Keywords</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>SRID=4326;POLYGON ((19.272 39.637, 19.272 42.655, 21.037 42.655, 21.037 39.637, 19.272 39.637))</t>
+          <t>comService, Coverage, Orthoimagery</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Coordinate Reference System</t>
+          <t>Bounding Box</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>KRGJSH</t>
+          <t>SRID=4326;POLYGON ((19.272 39.637, 19.272 42.655, 21.037 42.655, 21.037 39.637, 19.272 39.637))</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>TEMPORAL INFORMATION</t>
+          <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Temporal Extent</t>
+          <t>Coordinate Reference System</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Available data</t>
+          <t>https://asig.gov.al/en/krgjsh-project/</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Publication Date</t>
+          <t>Temporal Extent</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2024-10-01</t>
+          <t>Available data</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Creation Date</t>
+          <t>Publication Date</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2024-09-01</t>
+          <t>2024-10-01</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Last Revision Date</t>
+          <t>Creation Date</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2025-02-26</t>
+          <t>2024-09-01</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>QUALITY AND CONFORMANCE</t>
+          <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Lineage / Provenance</t>
+          <t>Last Revision Date</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>The orthoimagery overlay is valid for orthoimagery data produced from satellite images collected during the period April 30, 2024 to December 29, 2024. This layer provides information on the technical specifications of the orthophoto in RGB and CIR format, the period when the area was photographed, etc.</t>
+          <t>2025-02-26</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Spatial Resolution</t>
+          <t>Lineage / Provenance</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>0.7</t>
+          <t>The orthoimagery overlay is valid for orthoimagery data produced from satellite images collected during the period April 30, 2024 to December 29, 2024. This layer provides information on the technical specifications of the orthophoto in RGB and CIR format, the period when the area was photographed, etc.</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Specification</t>
+          <t>Spatial Resolution</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>ISO 19139</t>
+          <t>0.7</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Degree of Conformance</t>
+          <t>Specification</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Conformant</t>
+          <t>ISO 19139</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>ACCESS AND DISTRIBUTION</t>
+          <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Access Constraints</t>
+          <t>Degree of Conformance</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>copyright</t>
+          <t>Conformant</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Limitations on Public Access</t>
+          <t>Access Constraints</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>There are no restrictions for public use.</t>
+          <t>copyright</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Available Formats</t>
+          <t>Limitations on Public Access</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>There are no restrictions for public use.</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Publication URL</t>
+          <t>Available Formats</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>https://geoportal.asig.gov.al/map/?fc_name=mbulesaortoimazherike_26022025</t>
+          <t>Various</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Service Endpoint</t>
+          <t>Publication URL</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=mbulesaortoimazherike_26022025</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>CONTACT INFORMATION</t>
+          <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Responsible Party - Name</t>
+          <t>Service Endpoint</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>State Authority for Geospatial Information (ASIG)</t>
+          <t>https://geoportal.asig.gov.al/map/?fc_name=mbulesaortoimazherike_26022025</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Responsible Party - Role</t>
+          <t>Responsible Party - Name</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>State Authority for Geospatial Information</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Responsible Party - Contact Name</t>
+          <t>Responsible Party - Role</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Responsible Party - Email</t>
+          <t>Responsible Party - Contact Name</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>info@asig.gov.al</t>
+          <t>Imported</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Responsible Party - Website</t>
+          <t>Responsible Party - Email</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>https://asig.gov.al</t>
+          <t>info@asig.gov.al</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Contact Email</t>
+          <t>Responsible Party - Website</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>info@asig.gov.al</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Metadata Contact - Name</t>
+          <t>Contact Email</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>State Authority for Geospatial Information (ASIG)</t>
+          <t>info@asig.gov.al</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Metadata Contact - Role</t>
+          <t>Metadata Contact - Name</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>Autoriteti Shtetëror për Informacionin Gjeohapësinor (ASIG)</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Metadata Contact - Contact Name</t>
+          <t>Metadata Contact - Role</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Metadata Contact - Email</t>
+          <t>Metadata Contact - Contact Name</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>info@asig.gov.al</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Metadata Contact - Website</t>
+          <t>Metadata Contact - Email</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>https://asig.gov.al</t>
+          <t>info@asig.gov.al</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>METADATA DETAILS</t>
+          <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Metadata Language</t>
+          <t>Metadata Contact - Website</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>https://asig.gov.al</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Metadata Date</t>
+          <t>Metadata Language</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2025-10-20</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
+          <t>Metadata Date</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>METADATA DETAILS</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
           <t>Unique Identifier</t>
         </is>
       </c>
-      <c r="C39" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>AL_ASIG_Orthophoto_Orthoimagery_Overlay_2024</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>