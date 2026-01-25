--- v0 (2025-10-25)
+++ v1 (2026-01-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C39"/>
+  <dimension ref="A1:C40"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="29" customWidth="1" min="1" max="1"/>
     <col width="34" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Field</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
@@ -470,660 +470,677 @@
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Mineral Resources, Mineral Exploitation Permits</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Country</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Albania (ALB)</t>
+          <t>Albania (alb)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Abstract</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>This layer represents the mining exploitation permits approved by the Ministry of Infrastructure and Energy. They are distributed in the territory of Albania according to the mineral for which this permit was approved, with coordinates in the plan of the area allowed for exploitation. The data are in accordance with the State Standard for Technical Specifications of Geospatial Information in Albania. Topic: Mineral Resources</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Resource Type</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>CCD</t>
+          <t>Dataset</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Language</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Resource Locator</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=lejet_min_shfryt_11032025</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>GRAPHIC OVERVIEW</t>
+          <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Graphic Overview URL</t>
+          <t>INSPIRE Themes</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>GE: Geology</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>CLASSIFICATION AND KEYWORDS</t>
+          <t>GRAPHIC OVERVIEW</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Topic Category</t>
+          <t>Graphic Overview</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>geoscientificInformation</t>
+          <t>/media/GraphicOverviews/alb/3193e33c-8e81-4dfe-8d48-850bd0d88e0c.JPG</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Keywords</t>
+          <t>Topic Categories</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>AKBN, Mineral, Mineral resources, Mining exploitation permits</t>
+          <t>geoscientificInformation</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>GEOGRAPHIC INFORMATION</t>
+          <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Bounding Box</t>
+          <t>Keywords</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>SRID=4326;POLYGON ((19.272 39.637, 19.272 42.655, 21.037 42.655, 21.037 39.637, 19.272 39.637))</t>
+          <t>AKBN, Mineral</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Coordinate Reference System</t>
+          <t>Bounding Box</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>KRGJSH</t>
+          <t>SRID=4326;POLYGON ((19.272 39.637, 19.272 42.655, 21.037 42.655, 21.037 39.637, 19.272 39.637))</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>TEMPORAL INFORMATION</t>
+          <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Temporal Extent</t>
+          <t>Coordinate Reference System</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Available data</t>
+          <t>https://asig.gov.al/en/krgjsh-project/</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Publication Date</t>
+          <t>Temporal Extent</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2025-03-11</t>
+          <t>Available data</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Creation Date</t>
+          <t>Publication Date</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>1995-01-01</t>
+          <t>2025-03-11</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Last Revision Date</t>
+          <t>Creation Date</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2025-03-12</t>
+          <t>1995-01-01</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>QUALITY AND CONFORMANCE</t>
+          <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Lineage / Provenance</t>
+          <t>Last Revision Date</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>The map presents the mining exploitation permits approved by the Ministry of Mineral Resources and Energy. They are distributed throughout the territory of Albania according to the mineral for which this permit was approved, with coordinates on the plan of the area allowed for exploitation. It was compiled by a group of authors and is based on studies and maps carried out by various groups of geologists and aims to inform interested groups about the mineral resources of Albania.</t>
+          <t>2025-03-12</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Spatial Resolution</t>
+          <t>Lineage / Provenance</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>25000</t>
+          <t>The map presents the mining exploitation permits approved by the Ministry of Mineral Resources and Energy. They are distributed throughout the territory of Albania according to the mineral for which this permit was approved, with coordinates on the plan of the area allowed for exploitation. It was compiled by a group of authors and is based on studies and maps carried out by various groups of geologists and aims to inform interested groups about the mineral resources of Albania.</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Specification</t>
+          <t>Spatial Resolution</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>ISO 19139</t>
+          <t>25000</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Degree of Conformance</t>
+          <t>Specification</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Conformant</t>
+          <t>ISO 19139</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>ACCESS AND DISTRIBUTION</t>
+          <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Access Constraints</t>
+          <t>Degree of Conformance</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>copyright</t>
+          <t>Conformant</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Limitations on Public Access</t>
+          <t>Access Constraints</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>There are no restrictions for public use.</t>
+          <t>copyright</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Available Formats</t>
+          <t>Limitations on Public Access</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>There are no restrictions for public use.</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Publication URL</t>
+          <t>Available Formats</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>https://geoportal.asig.gov.al/map/?fc_name=lejet_min_shfryt_11032025</t>
+          <t>Various</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Service Endpoint</t>
+          <t>Publication URL</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=lejet_min_shfryt_11032025</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>CONTACT INFORMATION</t>
+          <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Responsible Party - Name</t>
+          <t>Service Endpoint</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>National Agency of Natural Resources (NANR)</t>
+          <t>https://geoportal.asig.gov.al/map/?fc_name=lejet_min_shfryt_11032025</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Responsible Party - Role</t>
+          <t>Responsible Party - Name</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>National Agency of Natural Resources</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Responsible Party - Contact Name</t>
+          <t>Responsible Party - Role</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Responsible Party - Email</t>
+          <t>Responsible Party - Contact Name</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>info@akbn.gov.al</t>
+          <t>Imported</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Responsible Party - Website</t>
+          <t>Responsible Party - Email</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>https://akbn.gov.al</t>
+          <t>info@akbn.gov.al</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Contact Email</t>
+          <t>Responsible Party - Website</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>info@akbn.gov.al</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Metadata Contact - Name</t>
+          <t>Contact Email</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>National Agency of Natural Resources (NANR)</t>
+          <t>info@akbn.gov.al</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Metadata Contact - Role</t>
+          <t>Metadata Contact - Name</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>Agjencia Kombëtare e Burimeve Natyrore (AKBN)</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Metadata Contact - Contact Name</t>
+          <t>Metadata Contact - Role</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Metadata Contact - Email</t>
+          <t>Metadata Contact - Contact Name</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>info@akbn.gov.al</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Metadata Contact - Website</t>
+          <t>Metadata Contact - Email</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>https://akbn.gov.al</t>
+          <t>info@akbn.gov.al</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>METADATA DETAILS</t>
+          <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Metadata Language</t>
+          <t>Metadata Contact - Website</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>https://akbn.gov.al</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Metadata Date</t>
+          <t>Metadata Language</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2025-10-20</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
+          <t>Metadata Date</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>METADATA DETAILS</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
           <t>Unique Identifier</t>
         </is>
       </c>
-      <c r="C39" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>AL_AKBN_ASIG_Mining_Permits_24</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>