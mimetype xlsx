--- v0 (2025-10-21)
+++ v1 (2026-01-20)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C39"/>
+  <dimension ref="A1:C40"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="29" customWidth="1" min="1" max="1"/>
     <col width="34" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Field</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
@@ -470,660 +470,677 @@
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>DCM No. 138, Date 23.02.2018, Strategically Important Investment Areas, Shapefile (Repealed by DCM No. 241 Date 04.04.2019)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Country</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Albania (ALB)</t>
+          <t>Albania (alb)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Abstract</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>The map sets out the Decision of the Council of Ministers, No. 138, Date of Act: 23.02.2018 On the temporary suspension of the procedures for the transfer of ownership of agricultural land beneficiaries of former agricultural enterprises and the registration of land acquisition acts in the area of importance for the strategic investment support fund. The map published by ASIG is in shapefile format and is taken from the link http://www.qbz.gov.al/botime/fletore_zyrtare/2018/PDF-2018/35-2018.pdf (Abolished by the Council of Ministers Decision 241 dated 04.04.2019)</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Resource Type</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>CCD</t>
+          <t>Dataset</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Language</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Resource Locator</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=zona_investimeve_strategjike_amtp&amp;auto=true</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>GRAPHIC OVERVIEW</t>
+          <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Graphic Overview URL</t>
+          <t>INSPIRE Themes</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>SU: Statistical Units</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>CLASSIFICATION AND KEYWORDS</t>
+          <t>GRAPHIC OVERVIEW</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Topic Category</t>
+          <t>Graphic Overview</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>economy</t>
+          <t>/media/GraphicOverviews/alb/4cbd7eda-1f27-43a6-b5c8-50a3138a5ab5.PNG</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Keywords</t>
+          <t>Topic Categories</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>AMTP, Restricted use areas, Strategic Investment Support Fund, VKM no.138 dated 23.02.2018</t>
+          <t>economy</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>GEOGRAPHIC INFORMATION</t>
+          <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Bounding Box</t>
+          <t>Keywords</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>SRID=4326;POLYGON ((19.272 39.637, 19.272 42.655, 21.037 42.655, 21.037 39.637, 19.272 39.637))</t>
+          <t>AMTP</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Coordinate Reference System</t>
+          <t>Bounding Box</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>KRGJSH</t>
+          <t>SRID=4326;POLYGON ((19.272 39.637, 19.272 42.655, 21.037 42.655, 21.037 39.637, 19.272 39.637))</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>TEMPORAL INFORMATION</t>
+          <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Temporal Extent</t>
+          <t>Coordinate Reference System</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Available data</t>
+          <t>https://asig.gov.al/en/krgjsh-project/</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Publication Date</t>
+          <t>Temporal Extent</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2018-03-13</t>
+          <t>Available data</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Creation Date</t>
+          <t>Publication Date</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2018-02-23</t>
+          <t>2018-03-13</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Last Revision Date</t>
+          <t>Creation Date</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2023-02-07</t>
+          <t>2018-02-23</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>QUALITY AND CONFORMANCE</t>
+          <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Lineage / Provenance</t>
+          <t>Last Revision Date</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>The map sets out the Decision of the Council of Ministers, No. 138, Date of Act: 23.02.2018 On the temporary suspension of the procedures for the transfer of ownership of agricultural land beneficiaries of former agricultural enterprises and the registration of land acquisition acts in the area of importance for the strategic investment support fund. The map published by ASIG is in shapefile format and is taken from the link http://www.qbz.gov.al/botime/fletore_zyrtare/2018/PDF-2018/35-2018.pdf (Abolished by the Council of Ministers Decision 241 dated 04.04.2019)</t>
+          <t>2023-02-07</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Spatial Resolution</t>
+          <t>Lineage / Provenance</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>The map sets out the Decision of the Council of Ministers, No. 138, Date of Act: 23.02.2018 On the temporary suspension of the procedures for the transfer of ownership of agricultural land beneficiaries of former agricultural enterprises and the registration of land acquisition acts in the area of importance for the strategic investment support fund. The map published by ASIG is in shapefile format and is taken from the link http://www.qbz.gov.al/botime/fletore_zyrtare/2018/PDF-2018/35-2018.pdf (Abolished by the Council of Ministers Decision 241 dated 04.04.2019)</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Specification</t>
+          <t>Spatial Resolution</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>ISO 19139</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Degree of Conformance</t>
+          <t>Specification</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Conformant</t>
+          <t>ISO 19139</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>ACCESS AND DISTRIBUTION</t>
+          <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Access Constraints</t>
+          <t>Degree of Conformance</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>copyright</t>
+          <t>Conformant</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Limitations on Public Access</t>
+          <t>Access Constraints</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>There are no restrictions for public use.</t>
+          <t>copyright</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Available Formats</t>
+          <t>Limitations on Public Access</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>There are no restrictions for public use.</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Publication URL</t>
+          <t>Available Formats</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>https://geoportal.asig.gov.al/map/?fc_name=zona_investimeve_strategjike_amtp&amp;auto=true</t>
+          <t>Various</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Service Endpoint</t>
+          <t>Publication URL</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=zona_investimeve_strategjike_amtp&amp;auto=true</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>CONTACT INFORMATION</t>
+          <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Responsible Party - Name</t>
+          <t>Service Endpoint</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Council of Ministers</t>
+          <t>https://geoportal.asig.gov.al/map/?fc_name=zona_investimeve_strategjike_amtp&amp;auto=true</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Responsible Party - Role</t>
+          <t>Responsible Party - Name</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>Council of Ministers</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Responsible Party - Contact Name</t>
+          <t>Responsible Party - Role</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Responsible Party - Email</t>
+          <t>Responsible Party - Contact Name</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>info@kryeministria.al</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Responsible Party - Website</t>
+          <t>Responsible Party - Email</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>https://kryeministria.al</t>
+          <t>info@kryeministria.al</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Contact Email</t>
+          <t>Responsible Party - Website</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>info@kryeministria.al</t>
+          <t>https://kryeministria.al</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Metadata Contact - Name</t>
+          <t>Contact Email</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>Council of Ministers</t>
+          <t>info@kryeministria.al</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Metadata Contact - Role</t>
+          <t>Metadata Contact - Name</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>Këshilli i Ministrave</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Metadata Contact - Contact Name</t>
+          <t>Metadata Contact - Role</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Metadata Contact - Email</t>
+          <t>Metadata Contact - Contact Name</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>info@kryeministria.al</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Metadata Contact - Website</t>
+          <t>Metadata Contact - Email</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>https://kryeministria.al</t>
+          <t>info@kryeministria.al</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>METADATA DETAILS</t>
+          <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Metadata Language</t>
+          <t>Metadata Contact - Website</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>https://kryeministria.al</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Metadata Date</t>
+          <t>Metadata Language</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2025-10-20</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
+          <t>Metadata Date</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>METADATA DETAILS</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
           <t>Unique Identifier</t>
         </is>
       </c>
-      <c r="C39" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>4cbd7eda-1f27-43a6-b5c8-50a3138a5ab5</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>