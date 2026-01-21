--- v0 (2025-10-21)
+++ v1 (2026-01-21)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C39"/>
+  <dimension ref="A1:C40"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="29" customWidth="1" min="1" max="1"/>
     <col width="34" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Field</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
@@ -470,660 +470,677 @@
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>DCM No. 729, dated 16.09.2020, Historical center of the village of Kaninë (zoning).</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Country</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Albania (ALB)</t>
+          <t>Albania (alb)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Abstract</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>The coverage area of the "Historical Center" of the village of Kaninë defines the area approved by the Decision of the Council of Ministers, no. 729, dated 16.09.2020, On the declaration of the cultural heritage "Historical Center" of the village of Kaninë, its protective zone and the approval of the plan for their preservation, protection and administration. The historical center is an urban space that preserves in its entirety important values of cultural, historical, urban, architectural and landscape heritage, in which the path of the historical development of the village and the architectural-urban achievements are documented. Integral parts of the "Historical Center" are the castle, buildings, together with the surrounding urban elements, such as: squares, streets, sidewalks, surrounding walls, gates, courtyards, lighting structures, decor and greenery.</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Resource Type</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>CCD</t>
+          <t>Dataset</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Language</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Resource Locator</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=aneks_1_zonifikimi_1&amp;auto=true</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>GRAPHIC OVERVIEW</t>
+          <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Graphic Overview URL</t>
+          <t>INSPIRE Themes</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>HB: Habitats and Biotopes</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>CLASSIFICATION AND KEYWORDS</t>
+          <t>GRAPHIC OVERVIEW</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Topic Category</t>
+          <t>Graphic Overview</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>environment</t>
+          <t>/media/GraphicOverviews/alb/9ddff5da-3480-4375-9707-fbe11c0008d3.PNG</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Keywords</t>
+          <t>Topic Categories</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>comService, Declaration of cultural property, Historical center, Kaninë, Protected areas, VKM no. 729, date, 16.09.2020,, Zoning</t>
+          <t>environment</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>GEOGRAPHIC INFORMATION</t>
+          <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Bounding Box</t>
+          <t>Keywords</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>SRID=4326;POLYGON ((19.514207839965817 40.437083355029586, 19.514207839965817 40.44831871844411, 19.527683258056637 40.44831871844411, 19.527683258056637 40.437083355029586, 19.514207839965817 40.437083355029586))</t>
+          <t>16.09.2020 (Imported), comService, date (Imported), Kaninë, Zoning</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Coordinate Reference System</t>
+          <t>Bounding Box</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>KRGJSH</t>
+          <t>SRID=4326;POLYGON ((19.514207839965817 40.437083355029586, 19.514207839965817 40.44831871844411, 19.527683258056637 40.44831871844411, 19.527683258056637 40.437083355029586, 19.514207839965817 40.437083355029586))</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>TEMPORAL INFORMATION</t>
+          <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Temporal Extent</t>
+          <t>Coordinate Reference System</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Available data</t>
+          <t>https://asig.gov.al/en/krgjsh-project/</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Publication Date</t>
+          <t>Temporal Extent</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2020-10-06</t>
+          <t>Available data</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Creation Date</t>
+          <t>Publication Date</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2020-09-16</t>
+          <t>2020-10-06</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Last Revision Date</t>
+          <t>Creation Date</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2023-08-02</t>
+          <t>2020-09-16</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>QUALITY AND CONFORMANCE</t>
+          <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Lineage / Provenance</t>
+          <t>Last Revision Date</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>The data was created by the National Institute of Cultural Heritage.</t>
+          <t>2023-08-02</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Spatial Resolution</t>
+          <t>Lineage / Provenance</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>The data was created by the National Institute of Cultural Heritage.</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Specification</t>
+          <t>Spatial Resolution</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>ISO 19139</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Degree of Conformance</t>
+          <t>Specification</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Conformant</t>
+          <t>ISO 19139</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>ACCESS AND DISTRIBUTION</t>
+          <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Access Constraints</t>
+          <t>Degree of Conformance</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>copyright</t>
+          <t>Conformant</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Limitations on Public Access</t>
+          <t>Access Constraints</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>No obstacles for public use</t>
+          <t>copyright</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Available Formats</t>
+          <t>Limitations on Public Access</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>No obstacles for public use</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Publication URL</t>
+          <t>Available Formats</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>https://geoportal.asig.gov.al/map/?fc_name=aneks_1_zonifikimi_1&amp;auto=true</t>
+          <t>Various</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Service Endpoint</t>
+          <t>Publication URL</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=aneks_1_zonifikimi_1&amp;auto=true</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>CONTACT INFORMATION</t>
+          <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Responsible Party - Name</t>
+          <t>Service Endpoint</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>National Institute of Cultural Heritage (IKTK)</t>
+          <t>https://geoportal.asig.gov.al/map/?fc_name=aneks_1_zonifikimi_1&amp;auto=true</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Responsible Party - Role</t>
+          <t>Responsible Party - Name</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>National Institute of Cultural Heritage</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Responsible Party - Contact Name</t>
+          <t>Responsible Party - Role</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Responsible Party - Email</t>
+          <t>Responsible Party - Contact Name</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>info@iktk.gov.al</t>
+          <t>Imported</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Responsible Party - Website</t>
+          <t>Responsible Party - Email</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>https://iktk.gov.al</t>
+          <t>info@iktk.gov.al</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Contact Email</t>
+          <t>Responsible Party - Website</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>info@iktk.gov.al</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Metadata Contact - Name</t>
+          <t>Contact Email</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>National Institute of Cultural Heritage (IKTK)</t>
+          <t>info@iktk.gov.al</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Metadata Contact - Role</t>
+          <t>Metadata Contact - Name</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>Instituti Kombëtar i Trashëgimisë Kulturore (IKTK)</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Metadata Contact - Contact Name</t>
+          <t>Metadata Contact - Role</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Metadata Contact - Email</t>
+          <t>Metadata Contact - Contact Name</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>info@iktk.gov.al</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Metadata Contact - Website</t>
+          <t>Metadata Contact - Email</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>https://iktk.gov.al</t>
+          <t>info@iktk.gov.al</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>METADATA DETAILS</t>
+          <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Metadata Language</t>
+          <t>Metadata Contact - Website</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>https://iktk.gov.al</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Metadata Date</t>
+          <t>Metadata Language</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2025-10-20</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
+          <t>Metadata Date</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>METADATA DETAILS</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
           <t>Unique Identifier</t>
         </is>
       </c>
-      <c r="C39" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>AL_ASIG_VKM_No._729_Date_16.09.2020Historical_Center_of_the_Village_Kanina_Zoning</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>