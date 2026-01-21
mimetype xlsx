--- v0 (2025-10-22)
+++ v1 (2026-01-21)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C39"/>
+  <dimension ref="A1:C40"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="29" customWidth="1" min="1" max="1"/>
     <col width="34" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Field</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
@@ -470,660 +470,677 @@
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Orthophoto 1957</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Country</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Albania (ALB)</t>
+          <t>Albania (alb)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Abstract</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Orthophoto produced from the 1957 photogram, which covers part of the Western Lowlands of Albania and the city of Korça. This orthophoto was produced in GEOTIFF format and in the Geodetic Reference System (KRGJSH), based on the provisions of the Decision of the Council of Ministers no. 669, dated 07/08/2013, as amended. The orthophoto product is in panchromatic format (black and white). The orthophoto was produced from scanned images of aerial photographs. The pixel size is 70 cm. The original image of the orthoimage is in Geotiff format. Semi-automatically generated seamlines were used for the mosaicking of the orthophotos. Clarification: The manual notes on the aerial photographs from which the orthophoto was obtained were made for reasons of use at the time of the product production. The data are in accordance with the standard with the Council of Ministers No. 397, dated 19.06.2019, On the approval of the document "State Standards for Technical Specifications of Geospatial Information in Albania - Topic: Orthoimagery"</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Resource Type</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>CCD</t>
+          <t>Dataset</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Language</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Resource Locator</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=Ortofoto_1957</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>GRAPHIC OVERVIEW</t>
+          <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Graphic Overview URL</t>
+          <t>INSPIRE Themes</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>OI: Orthoimagery</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>CLASSIFICATION AND KEYWORDS</t>
+          <t>GRAPHIC OVERVIEW</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Topic Category</t>
+          <t>Graphic Overview</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>imageryBaseMapsEarthCover</t>
+          <t>/media/GraphicOverviews/alb/b9ec03e9-6acf-4c64-bee7-20ac71054718.PNG</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Keywords</t>
+          <t>Topic Categories</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>comService, Orthoimagery, Orthophoto, Topographic map</t>
+          <t>imageryBaseMapsEarthCover</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>GEOGRAPHIC INFORMATION</t>
+          <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Bounding Box</t>
+          <t>Keywords</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>SRID=4326;POLYGON ((19.0008 39.5011, 19.0008 42.6631, 21.1269 42.6631, 21.1269 39.5011, 19.0008 39.5011))</t>
+          <t>comService, Orthoimagery</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Coordinate Reference System</t>
+          <t>Bounding Box</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>KRGJSH</t>
+          <t>SRID=4326;POLYGON ((19.0008 39.5011, 19.0008 42.6631, 21.1269 42.6631, 21.1269 39.5011, 19.0008 39.5011))</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>TEMPORAL INFORMATION</t>
+          <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Temporal Extent</t>
+          <t>Coordinate Reference System</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Available data</t>
+          <t>https://asig.gov.al/en/krgjsh-project/</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Publication Date</t>
+          <t>Temporal Extent</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2023-12-28</t>
+          <t>Available data</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Creation Date</t>
+          <t>Publication Date</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>1957-01-01</t>
+          <t>2023-12-28</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Last Revision Date</t>
+          <t>Creation Date</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2024-01-05</t>
+          <t>1957-01-01</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>QUALITY AND CONFORMANCE</t>
+          <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Lineage / Provenance</t>
+          <t>Last Revision Date</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Aerial photographs were taken from the Archives of the Institute of Geography and Cartography of the Army (IGJIU). In the scanning process, semi-professional scanners were used with which copies (positives) of this photograph were scanned, printed on paper with an average scale of 1:16500, size 30x30 cm. The digital scanning resolution is 800 DPI. The photographs were used for the process of deciphering and creating Topographic Maps at a scale of 1:25000.</t>
+          <t>2024-01-05</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Spatial Resolution</t>
+          <t>Lineage / Provenance</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>0.7</t>
+          <t>Aerial photographs were taken from the Archives of the Institute of Geography and Cartography of the Army (IGJIU). In the scanning process, semi-professional scanners were used with which copies (positives) of this photograph were scanned, printed on paper with an average scale of 1:16500, size 30x30 cm. The digital scanning resolution is 800 DPI. The photographs were used for the process of deciphering and creating Topographic Maps at a scale of 1:25000.</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Specification</t>
+          <t>Spatial Resolution</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>ISO 19139</t>
+          <t>0.7</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Degree of Conformance</t>
+          <t>Specification</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Conformant</t>
+          <t>ISO 19139</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>ACCESS AND DISTRIBUTION</t>
+          <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Access Constraints</t>
+          <t>Degree of Conformance</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>copyright</t>
+          <t>Conformant</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Limitations on Public Access</t>
+          <t>Access Constraints</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>There are no restrictions on public access.</t>
+          <t>copyright</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Available Formats</t>
+          <t>Limitations on Public Access</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>There are no restrictions on public access.</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Publication URL</t>
+          <t>Available Formats</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>https://geoportal.asig.gov.al/map/?fc_name=Ortofoto_1957</t>
+          <t>Various</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Service Endpoint</t>
+          <t>Publication URL</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=Ortofoto_1957</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>CONTACT INFORMATION</t>
+          <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Responsible Party - Name</t>
+          <t>Service Endpoint</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>State Authority for Geospatial Information (ASIG)</t>
+          <t>https://geoportal.asig.gov.al/map/?fc_name=Ortofoto_1957</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Responsible Party - Role</t>
+          <t>Responsible Party - Name</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>State Authority for Geospatial Information</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Responsible Party - Contact Name</t>
+          <t>Responsible Party - Role</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Responsible Party - Email</t>
+          <t>Responsible Party - Contact Name</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>info@asig.gov.al</t>
+          <t>Imported</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Responsible Party - Website</t>
+          <t>Responsible Party - Email</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>https://asig.gov.al</t>
+          <t>info@asig.gov.al</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Contact Email</t>
+          <t>Responsible Party - Website</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>info@asig.gov.al</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Metadata Contact - Name</t>
+          <t>Contact Email</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>State Authority for Geospatial Information (ASIG)</t>
+          <t>info@asig.gov.al</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Metadata Contact - Role</t>
+          <t>Metadata Contact - Name</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>Autoriteti Shtetëror për Informacionin Gjeohapësinor (ASIG)</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Metadata Contact - Contact Name</t>
+          <t>Metadata Contact - Role</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Metadata Contact - Email</t>
+          <t>Metadata Contact - Contact Name</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>info@asig.gov.al</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Metadata Contact - Website</t>
+          <t>Metadata Contact - Email</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>https://asig.gov.al</t>
+          <t>info@asig.gov.al</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>METADATA DETAILS</t>
+          <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Metadata Language</t>
+          <t>Metadata Contact - Website</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>https://asig.gov.al</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Metadata Date</t>
+          <t>Metadata Language</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2025-10-20</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
+          <t>Metadata Date</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>METADATA DETAILS</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
           <t>Unique Identifier</t>
         </is>
       </c>
-      <c r="C39" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>AL_ASIG_Orthophoto_1957</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>