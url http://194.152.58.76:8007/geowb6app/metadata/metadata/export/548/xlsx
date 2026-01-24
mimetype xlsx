--- v0 (2025-10-25)
+++ v1 (2026-01-24)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C39"/>
+  <dimension ref="A1:C40"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="29" customWidth="1" min="1" max="1"/>
     <col width="34" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Field</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
@@ -470,660 +470,677 @@
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Land suitability (Coverage area)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Country</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Albania (ALB)</t>
+          <t>Albania (alb)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Abstract</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>This layer defines the coverage area of land suitability. For the classification of land according to its suitability in the legal aspect, it is based on the instruction No. 7, dated 10.05.2010 of the Ministry of Agriculture and Consumer Protection on “Creation of Information on Agricultural Land” and the Order No. 107, dated 27.03.2009 of the Ministry of Agriculture and Consumer Protection and the Ministry of Interior “On the approval of the data content of the Agricultural Land Register and some other categories of resources”. Regarding the methodological aspect, it is based on the “Assessment of Agricultural Land Suitability for Albania” and the “Procedures for Monitoring Soil and Agricultural Land” drafted by EU experts during the implementation of the Land Use Policy, Second Phase project. The data does not conform to the State Standard for Technical Specifications of Geospatial Information in Albania. Topic: Land Use</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Resource Type</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>CCD</t>
+          <t>Dataset</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Language</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Resource Locator</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=Pershtatshmeria_zone&amp;auto=true</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>GRAPHIC OVERVIEW</t>
+          <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Graphic Overview URL</t>
+          <t>INSPIRE Themes</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>HB: Habitats and Biotopes</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>CLASSIFICATION AND KEYWORDS</t>
+          <t>GRAPHIC OVERVIEW</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Topic Category</t>
+          <t>Graphic Overview</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>environment</t>
+          <t>/media/GraphicOverviews/alb/e38a22e2-b0d5-45e2-8239-23fa5b77a70c.PNG</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Keywords</t>
+          <t>Topic Categories</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Agricultural Technology Transfer Center (QTTB), comService, Land suitability, Land use</t>
+          <t>environment</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>GEOGRAPHIC INFORMATION</t>
+          <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Bounding Box</t>
+          <t>Keywords</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>SRID=4326;POLYGON ((19.3172 40.4541, 19.3172 41.1191, 20.0809 41.1191, 20.0809 40.4541, 19.3172 40.4541))</t>
+          <t>comService, Land Suitability (Imported)</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Coordinate Reference System</t>
+          <t>Bounding Box</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>KRGJSH</t>
+          <t>SRID=4326;POLYGON ((19.3172 40.4541, 19.3172 41.1191, 20.0809 41.1191, 20.0809 40.4541, 19.3172 40.4541))</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>TEMPORAL INFORMATION</t>
+          <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Temporal Extent</t>
+          <t>Coordinate Reference System</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Available data</t>
+          <t>https://asig.gov.al/en/krgjsh-project/</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Publication Date</t>
+          <t>Temporal Extent</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2019-09-04</t>
+          <t>Available data</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Creation Date</t>
+          <t>Publication Date</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2017-01-01</t>
+          <t>2019-09-04</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Last Revision Date</t>
+          <t>Creation Date</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2023-07-20</t>
+          <t>2017-01-01</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>QUALITY AND CONFORMANCE</t>
+          <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Lineage / Provenance</t>
+          <t>Last Revision Date</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>For the classification of land according to its legal suitability, it is based on Instruction No. 7, dated 10.05.2010 of the Ministry of Agriculture and Consumer Protection on “Creation of Information on Agricultural Land” and Order No. 107, dated 27.03.2009 of the Ministry of Agriculture and Consumer Protection and the Ministry of Interior “On the approval of the content of the data of the Register of Agricultural Land and some other categories of resources”.</t>
+          <t>2023-07-20</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Spatial Resolution</t>
+          <t>Lineage / Provenance</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>For the classification of land according to its legal suitability, it is based on Instruction No. 7, dated 10.05.2010 of the Ministry of Agriculture and Consumer Protection on “Creation of Information on Agricultural Land” and Order No. 107, dated 27.03.2009 of the Ministry of Agriculture and Consumer Protection and the Ministry of Interior “On the approval of the content of the data of the Register of Agricultural Land and some other categories of resources”.</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Specification</t>
+          <t>Spatial Resolution</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>ISO 19139</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Degree of Conformance</t>
+          <t>Specification</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Conformant</t>
+          <t>ISO 19139</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>ACCESS AND DISTRIBUTION</t>
+          <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Access Constraints</t>
+          <t>Degree of Conformance</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>copyright</t>
+          <t>Conformant</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Limitations on Public Access</t>
+          <t>Access Constraints</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>No obstacles for public use</t>
+          <t>copyright</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Available Formats</t>
+          <t>Limitations on Public Access</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>No obstacles for public use</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Publication URL</t>
+          <t>Available Formats</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>https://geoportal.asig.gov.al/map/?fc_name=Pershtatshmeria_zone&amp;auto=true</t>
+          <t>Various</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Service Endpoint</t>
+          <t>Publication URL</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=Pershtatshmeria_zone&amp;auto=true</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>CONTACT INFORMATION</t>
+          <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Responsible Party - Name</t>
+          <t>Service Endpoint</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Agricultural Technology Transfer Center (ATTC)</t>
+          <t>https://geoportal.asig.gov.al/map/?fc_name=Pershtatshmeria_zone&amp;auto=true</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Responsible Party - Role</t>
+          <t>Responsible Party - Name</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>Agricultural Technology Transfer Center</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Responsible Party - Contact Name</t>
+          <t>Responsible Party - Role</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Responsible Party - Email</t>
+          <t>Responsible Party - Contact Name</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>info@qttb-fk.org</t>
+          <t>Imported</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Responsible Party - Website</t>
+          <t>Responsible Party - Email</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>https://qttb-fk.org</t>
+          <t>info@qttb-fk.org</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Contact Email</t>
+          <t>Responsible Party - Website</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>info@qttb-fk.org</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Metadata Contact - Name</t>
+          <t>Contact Email</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>Agricultural Technology Transfer Center (ATTC)</t>
+          <t>info@qttb-fk.org</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Metadata Contact - Role</t>
+          <t>Metadata Contact - Name</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>Qendra e Transferimit të Teknologjive Bujqësore (QTTB)</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Metadata Contact - Contact Name</t>
+          <t>Metadata Contact - Role</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Metadata Contact - Email</t>
+          <t>Metadata Contact - Contact Name</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>info@qttb-fk.org</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Metadata Contact - Website</t>
+          <t>Metadata Contact - Email</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>https://qttb-fk.org</t>
+          <t>info@qttb-fk.org</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>METADATA DETAILS</t>
+          <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Metadata Language</t>
+          <t>Metadata Contact - Website</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>https://qttb-fk.org</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Metadata Date</t>
+          <t>Metadata Language</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2025-10-20</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
+          <t>Metadata Date</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>METADATA DETAILS</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
           <t>Unique Identifier</t>
         </is>
       </c>
-      <c r="C39" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>AL_QTTB_PershtTokes_ZMb01</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>