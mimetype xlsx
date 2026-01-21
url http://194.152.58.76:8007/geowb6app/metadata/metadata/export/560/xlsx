--- v0 (2025-10-21)
+++ v1 (2026-01-21)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C39"/>
+  <dimension ref="A1:C40"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="29" customWidth="1" min="1" max="1"/>
     <col width="34" customWidth="1" min="2" max="2"/>
     <col width="50" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Field</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
@@ -470,660 +470,677 @@
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Council of Ministers No. 832, dated 24.12.2021, Historical center of the village of Bënjë.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Country</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Albania (ALB)</t>
+          <t>Albania (alb)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Abstract</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Based on the Council of Ministers No. 832, dated 24.12.2021, declaring the "Historical Center" of the village of Bënjë a cultural asset, defining its Protection Zone and approving the plan for their preservation, protection and administration. The historical center of the village of Bënjë is a space with important values of cultural, historical, urban, architectural and landscape heritage, in which the path of the historical development of the village towards the creation of a residential center and the urban-architectural features that were formed during its history are documented. The vast majority of the village preserves the road network, characteristics and old buildings, with architectural and constructive values. These buildings are connected to the traditional environment, which is part of the "historical center".</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Resource Type</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>CCD</t>
+          <t>Dataset</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Language</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Resource Locator</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=qendra_historike</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>GRAPHIC OVERVIEW</t>
+          <t>BASIC INFORMATION</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Graphic Overview URL</t>
+          <t>INSPIRE Themes</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>HB: Habitats and Biotopes</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>CLASSIFICATION AND KEYWORDS</t>
+          <t>GRAPHIC OVERVIEW</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Topic Category</t>
+          <t>Graphic Overview</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>environment</t>
+          <t>/media/GraphicOverviews/alb/f1639635-70e6-4673-8326-b20400ae58e9.PNG</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Keywords</t>
+          <t>Topic Categories</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Architectural heritage, Bënjë, comService, Cultural heritage, Declaration of cultural property, Historical center, Historical heritage, Landscape heritage, Protected areas, Urban heritage, VKM no. 832, date 24.12.2021,</t>
+          <t>environment</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>GEOGRAPHIC INFORMATION</t>
+          <t>CLASSIFICATION AND KEYWORDS</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Bounding Box</t>
+          <t>Keywords</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>SRID=4326;POLYGON ((20.4025 40.2455, 20.4025 40.2618, 20.4331 40.2618, 20.4331 40.2455, 20.4025 40.2455))</t>
+          <t>Bënjë, comService</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Coordinate Reference System</t>
+          <t>Bounding Box</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>KRGJSH</t>
+          <t>SRID=4326;POLYGON ((20.4025 40.2455, 20.4025 40.2618, 20.4331 40.2618, 20.4331 40.2455, 20.4025 40.2455))</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>TEMPORAL INFORMATION</t>
+          <t>GEOGRAPHIC INFORMATION</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Temporal Extent</t>
+          <t>Coordinate Reference System</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Available data</t>
+          <t>https://asig.gov.al/en/krgjsh-project/</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Publication Date</t>
+          <t>Temporal Extent</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2022-01-24</t>
+          <t>Available data</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Creation Date</t>
+          <t>Publication Date</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2021-12-24</t>
+          <t>2022-01-24</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Last Revision Date</t>
+          <t>Creation Date</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2023-08-02</t>
+          <t>2021-12-24</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>QUALITY AND CONFORMANCE</t>
+          <t>TEMPORAL INFORMATION</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Lineage / Provenance</t>
+          <t>Last Revision Date</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>The "Historical Center" was created by the National Institute of Cultural Heritage. It is updated based on changes that occur in the designated areas.</t>
+          <t>2023-08-02</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Spatial Resolution</t>
+          <t>Lineage / Provenance</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>The "Historical Center" was created by the National Institute of Cultural Heritage. It is updated based on changes that occur in the designated areas.</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Specification</t>
+          <t>Spatial Resolution</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>ISO 19139</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Degree of Conformance</t>
+          <t>Specification</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Conformant</t>
+          <t>ISO 19139</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>ACCESS AND DISTRIBUTION</t>
+          <t>QUALITY AND CONFORMANCE</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Access Constraints</t>
+          <t>Degree of Conformance</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>copyright</t>
+          <t>Conformant</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Limitations on Public Access</t>
+          <t>Access Constraints</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>No restrictions on public access</t>
+          <t>copyright</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Available Formats</t>
+          <t>Limitations on Public Access</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>No restrictions on public access</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Publication URL</t>
+          <t>Available Formats</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>https://geoportal.asig.gov.al/map/?fc_name=qendra_historike</t>
+          <t>Various</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Service Endpoint</t>
+          <t>Publication URL</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>https://geoportal.asig.gov.al/map/?fc_name=qendra_historike</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>CONTACT INFORMATION</t>
+          <t>ACCESS AND DISTRIBUTION</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Responsible Party - Name</t>
+          <t>Service Endpoint</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>National Institute of Cultural Heritage (IKTK)</t>
+          <t>https://geoportal.asig.gov.al/map/?fc_name=qendra_historike</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Responsible Party - Role</t>
+          <t>Responsible Party - Name</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>National Institute of Cultural Heritage</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Responsible Party - Contact Name</t>
+          <t>Responsible Party - Role</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Responsible Party - Email</t>
+          <t>Responsible Party - Contact Name</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>info@iktk.gov.al</t>
+          <t>Imported</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Responsible Party - Website</t>
+          <t>Responsible Party - Email</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>https://iktk.gov.al</t>
+          <t>info@iktk.gov.al</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Contact Email</t>
+          <t>Responsible Party - Website</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>info@iktk.gov.al</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Metadata Contact - Name</t>
+          <t>Contact Email</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>National Institute of Cultural Heritage (IKTK)</t>
+          <t>info@iktk.gov.al</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Metadata Contact - Role</t>
+          <t>Metadata Contact - Name</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Publisher</t>
+          <t>Instituti Kombëtar i Trashëgimisë Kulturore (IKTK)</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Metadata Contact - Contact Name</t>
+          <t>Metadata Contact - Role</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Not specified</t>
+          <t>Publisher</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Metadata Contact - Email</t>
+          <t>Metadata Contact - Contact Name</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>info@iktk.gov.al</t>
+          <t>Not specified</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Metadata Contact - Website</t>
+          <t>Metadata Contact - Email</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>https://iktk.gov.al</t>
+          <t>info@iktk.gov.al</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>METADATA DETAILS</t>
+          <t>CONTACT INFORMATION</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Metadata Language</t>
+          <t>Metadata Contact - Website</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>Eng</t>
+          <t>https://iktk.gov.al</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Metadata Date</t>
+          <t>Metadata Language</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2025-10-20</t>
+          <t>English</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>METADATA DETAILS</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
+          <t>Metadata Date</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>2025-10-30</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>METADATA DETAILS</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
           <t>Unique Identifier</t>
         </is>
       </c>
-      <c r="C39" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>AL_ASIG_VKM_No._832_Date_24.12.2021_Historical_Center_of_Benje_Village</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>